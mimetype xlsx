--- v0 (2026-02-09)
+++ v1 (2026-03-29)
@@ -54,81 +54,81 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>P.L.E</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Geraldo Donizete de Lima</t>
   </si>
   <si>
-    <t>https://sapl.itaguara.mg.leg.br/media/sapl/public/materialegislativa/2024/4/projeto_de_lei_no_29_executivo..pdf</t>
+    <t>http://sapl.itaguara.mg.leg.br/media/sapl/public/materialegislativa/2024/4/projeto_de_lei_no_29_executivo..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de crédito adicional especial ao orçamento municipal do exercício de 2024</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.itaguara.mg.leg.br/media/</t>
+    <t>http://sapl.itaguara.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Altera o valor do inciso XIII do artigo 1º da Lei nº 1.822 de 04/09/2023, que concede subvenções sociais no exercício de 2024;</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>P.R.</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>José Hilton</t>
   </si>
   <si>
-    <t>https://sapl.itaguara.mg.leg.br/media/sapl/public/materialegislativa/2024/6/projeto_de_resolucao_no_29.pdf</t>
+    <t>http://sapl.itaguara.mg.leg.br/media/sapl/public/materialegislativa/2024/6/projeto_de_resolucao_no_29.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Cria os Serviços de orientação "Procon Câmara" no âmbito da Secretaria da Câmara Municipal de Itaguara.</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>P.D.L</t>
   </si>
@@ -165,51 +165,51 @@
   <si>
     <t>Cria o Projeto “Teatro na Escola” na Rede Pública Municipal de Ensino do Município de Itaguara.</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>M.</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>- Yuri Pricken pelos relevantes serviços prestados ao nosso Município; 07/2024 - Rossiano de Oliveira Vilaça, escritor do livro Dores da Conquista - História de um Arraial; 08/2024 - Elisângela de Morais responsável pelas pesquisas do Livro Dores da Conquista.</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>Req</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.itaguara.mg.leg.br/media/sapl/public/materialegislativa/2024/5/requerimento_pl_29..pdf</t>
+    <t>http://sapl.itaguara.mg.leg.br/media/sapl/public/materialegislativa/2024/5/requerimento_pl_29..pdf</t>
   </si>
   <si>
     <t>Solicita dispensa dos interstícios ao Projeto de Lei nº 29/ 2024.</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Solicita dispensa dos interstício para discussão e votação, do Projeto de Lei do Executivo, nº 30/2024.</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Requerimento solicitando Dispensa dos Interstícios para discussão e votação do Projeto de Lei do Poder Executivo nº 30/2024.</t>
   </si>
   <si>
     <t>7</t>
   </si>
@@ -597,68 +597,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguara.mg.leg.br/media/sapl/public/materialegislativa/2024/4/projeto_de_lei_no_29_executivo..pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguara.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguara.mg.leg.br/media/sapl/public/materialegislativa/2024/6/projeto_de_resolucao_no_29.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguara.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguara.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguara.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguara.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguara.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguara.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguara.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguara.mg.leg.br/media/sapl/public/materialegislativa/2024/5/requerimento_pl_29..pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguara.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguara.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguara.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguara.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguara.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguara.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguara.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguara.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguara.mg.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguara.mg.leg.br/media/sapl/public/materialegislativa/2024/4/projeto_de_lei_no_29_executivo..pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguara.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguara.mg.leg.br/media/sapl/public/materialegislativa/2024/6/projeto_de_resolucao_no_29.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguara.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguara.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguara.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguara.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguara.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguara.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguara.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguara.mg.leg.br/media/sapl/public/materialegislativa/2024/5/requerimento_pl_29..pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguara.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguara.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguara.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguara.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguara.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguara.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguara.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguara.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguara.mg.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="45.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="102.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="102" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="227.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>